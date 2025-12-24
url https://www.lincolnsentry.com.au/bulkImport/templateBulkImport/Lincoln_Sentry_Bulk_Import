--- v0 (2025-10-29)
+++ v1 (2025-12-24)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dao9hc\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\aclark\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{971C998C-6AD5-491B-BA66-8D4199488A03}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F36C4B56-7352-4FDA-8F28-3610A4BD6E73}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{75E0ED75-4590-4C4B-A4C5-F5929E19E5A2}"/>
+    <workbookView xWindow="-12585" yWindow="-15975" windowWidth="25440" windowHeight="15270" xr2:uid="{75E0ED75-4590-4C4B-A4C5-F5929E19E5A2}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$A$35491</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$2:$A$35495</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2" uniqueCount="2">
   <si>
     <t>Product</t>
@@ -102,58 +102,59 @@
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -452,89 +453,191 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{15766FCF-589A-41BA-8249-136A649E039E}">
-  <dimension ref="A1:C4"/>
+  <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:XFD5"/>
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="15.77734375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="15.77734375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.90625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="4" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="C4" s="1"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A2" s="3"/>
+      <c r="B2" s="4"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A3" s="3"/>
+      <c r="B3" s="4"/>
+      <c r="C3" s="5"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A5" s="3"/>
+      <c r="B5" s="4"/>
+      <c r="C5" s="5"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A6" s="3"/>
+      <c r="B6" s="4"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A7" s="3"/>
+      <c r="B7" s="4"/>
+      <c r="C7" s="5"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A8" s="3"/>
+      <c r="B8" s="4"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A9" s="2"/>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A10" s="2"/>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A11" s="2"/>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C4">
-    <sortCondition ref="B2:B4"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C8">
+    <sortCondition ref="B2:B8"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>